--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -7,51 +7,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="Služby" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="205" uniqueCount="159">
   <si>
     <t xml:space="preserve">Služba</t>
   </si>
   <si>
     <t xml:space="preserve">Poskytovatel</t>
   </si>
   <si>
     <t xml:space="preserve">Druh</t>
   </si>
   <si>
     <t xml:space="preserve">Telefon</t>
   </si>
   <si>
     <t xml:space="preserve">Email</t>
   </si>
   <si>
     <t xml:space="preserve">Web</t>
   </si>
   <si>
     <t xml:space="preserve">Zařízení</t>
   </si>
   <si>
     <t xml:space="preserve">Popis</t>
   </si>
   <si>
@@ -172,50 +172,86 @@
     <t xml:space="preserve">Dům sociální prevence</t>
   </si>
   <si>
     <t xml:space="preserve">Podnásepní č.ev. 384/20, Trnitá, 60200 Brno, Podnásepní č.ev. 384/20, Trnitá, 60200 Brno, Podnásepní č.ev. 384/20, Trnitá, 60200 Brno</t>
   </si>
   <si>
     <t xml:space="preserve">Azylový dům Nová cesta</t>
   </si>
   <si>
     <t xml:space="preserve">Diecézní charita Brno - Oblastní charita Blansko</t>
   </si>
   <si>
     <t xml:space="preserve">731 628 943</t>
   </si>
   <si>
     <t xml:space="preserve">matka-dite@blansko.charita.cz</t>
   </si>
   <si>
     <t xml:space="preserve">www.blansko.charita.cz</t>
   </si>
   <si>
     <t xml:space="preserve">Dukelská č.p. 2265/12b, Boskovice, 68001 Boskovice, Dukelská č.p. 2265/12b, Boskovice, 68001 Boskovice</t>
   </si>
   <si>
     <t xml:space="preserve">Poskytujeme podporu a pomoc rodinám, ženám s dětmi a samotným ženám, které se ocitly v tíživé životní situaci. Podporujeme je k tomu, aby byly schopny žít smysluplný život v přirozeném prostředí.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Azylový dům pro lidi bez domova Brno</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diecézní charita Brno – Oblastní charita Brno</t>
+  </si>
+  <si>
+    <t xml:space="preserve">737 220 887</t>
+  </si>
+  <si>
+    <t xml:space="preserve">petr.simon@brno.charita.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">www.brno.charita.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bratislavská č.ev. 775/58, Zábrdovice, 60200 Brno, Bratislavská č.ev. 775/58, Zábrdovice, 60200 Brno, Bratislavská č.ev. 775/58, Zábrdovice, 60200 Brno</t>
+  </si>
+  <si>
+    <t xml:space="preserve"/>
+  </si>
+  <si>
+    <t xml:space="preserve">Domov sv. Markéty - azylové domy Brno</t>
+  </si>
+  <si>
+    <t xml:space="preserve">735 145 359</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dsm@brno.charita.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Staňkova č.ev. 386/47, Ponava, 61200 Brno, Staňkova č.ev. 386/47, Ponava, 61200 Brno, Staňkova č.ev. 386/47, Ponava, 61200 Brno</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Posláním Domova sv. Markéty pro matky s dětmi v tísni v Brně je poskytnutí sociálních a pobytových služeb na přechodnou dobu těhotným ženám a ženám s dětmi, které se ocitly v nepříznivé sociální situaci spojené se ztrátou bydlení a které mají zájem na řešení své situace.</t>
   </si>
   <si>
     <t xml:space="preserve">Domov svaté Agáty Břeclav</t>
   </si>
   <si>
     <t xml:space="preserve">Diecézní charita Brno - Oblastní charita Břeclav</t>
   </si>
   <si>
     <t xml:space="preserve">519 331 455</t>
   </si>
   <si>
     <t xml:space="preserve">leona.balgova@breclav.charita.cz</t>
   </si>
   <si>
     <t xml:space="preserve">www.breclav.charita.cz</t>
   </si>
   <si>
     <t xml:space="preserve">Komenského č.p. 409/6, Poštorná, 69141 Břeclav</t>
   </si>
   <si>
     <t xml:space="preserve">Domov svaté Agáty Břeclav pomáhá osamoceným rodičům s dětmi, kteří ztratili střechu nad hlavou a zůstali na řešení situace sami. V průběhu poskytování služby podporujeme uživatele při hledání bydlení, zaměstnání, vedení domácnosti, vyřizování osobních záležitostí nebo upevnění vztahů s rodinou.</t>
   </si>
   <si>
     <t xml:space="preserve">Domov pro matky s dětmi Hodonín</t>
   </si>
@@ -242,144 +278,72 @@
   </si>
   <si>
     <t xml:space="preserve">Domov pro matky a otce v tísni Znojmo</t>
   </si>
   <si>
     <t xml:space="preserve">Diecézní charita Brno - Oblastní charita Znojmo</t>
   </si>
   <si>
     <t xml:space="preserve">603 992 385</t>
   </si>
   <si>
     <t xml:space="preserve">dmt@znojmo.charita.cz</t>
   </si>
   <si>
     <t xml:space="preserve">www.znojmo.charita.cz</t>
   </si>
   <si>
     <t xml:space="preserve">Mašovická č.ev. 3061/12, Znojmo, 66902 Znojmo</t>
   </si>
   <si>
     <t xml:space="preserve">- vytváříme podmínky pro to, aby uživatel s dětmi získal dovednosti pro samostatný život v přirozeném prostředí.
 - motivujeme uživatele k odpovědnému přístupu k životu, výchově a péči dětí, vedení domácnosti, hospodaření s financemi
 - motivujeme k vzdělání a hledání zaměstnání</t>
   </si>
   <si>
-    <t xml:space="preserve">Azylový dům pro lidi bez domova Brno</t>
-[...34 lines deleted...]
-  <si>
     <t xml:space="preserve">Azylový dům - Magdalenium</t>
   </si>
   <si>
     <t xml:space="preserve">MAGDALENIUM, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">776 718 459</t>
   </si>
   <si>
     <t xml:space="preserve">magdalenium2@centrum.cz</t>
   </si>
   <si>
     <t xml:space="preserve">www.magdalenium.cz</t>
   </si>
   <si>
     <t xml:space="preserve">Bratislavská č.ev. 215/31, Zábrdovice, 60200 Brno, Bratislavská č.ev. 215/31, Zábrdovice, 60200 Brno, Bratislavská č.ev. 215/31, Zábrdovice, 60200 Brno</t>
   </si>
   <si>
     <t xml:space="preserve">Provozujeme specializované azylové domy pouze pro oběti domácího násilí. Jedná se o pobytový program, který je zaměřen na zvládnutí dané problematiky. K dispozici je bezplatné poradenství sociální, právní, psychologická pomoc, péče o děti-svědky DN, diagnostika,doprovody k soudu a další služby...
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Byty Na počátku</t>
-[...34 lines deleted...]
-  <si>
     <t xml:space="preserve">Azylový dům </t>
   </si>
   <si>
     <t xml:space="preserve">Psychocentrum Domeček Hodonín, o.p.s.</t>
   </si>
   <si>
     <t xml:space="preserve">737 728 259</t>
   </si>
   <si>
     <t xml:space="preserve">bydleni@psychocentrumdomecek.cz</t>
   </si>
   <si>
     <t xml:space="preserve">www.psychocentrumdomecek.cz</t>
   </si>
   <si>
     <t xml:space="preserve">Skácelova č.p. 2711/2, Hodonín, 69501 Hodonín, Skácelova č.p. 2711/2, Hodonín, 69501 Hodonín</t>
   </si>
   <si>
     <t xml:space="preserve">Posláním azylového domu je prostřednictvím pobytové služby umožnit mužům bez přístřeší aktivně řešit vlastní nepříznivou situaci a pomáhat jim snižovat jejich závislost na systému sociální pomoci.</t>
   </si>
   <si>
     <t xml:space="preserve">Azylový dům pro mládež ( AD I)</t>
   </si>
   <si>
     <t xml:space="preserve">Statutární město Brno</t>
@@ -496,50 +460,83 @@
     <t xml:space="preserve">https://www.vyskov.charita.cz/</t>
   </si>
   <si>
     <t xml:space="preserve">Kostelní č.p. 406/2, Vyškov-Město, 68201 Vyškov</t>
   </si>
   <si>
     <t xml:space="preserve">Centrum denních služeb je služba, která umožňuje svým uživatelům smysluplně trávit svůj volný čas, zapojit se do společnosti a předcházet tak  sociální izolovanosti. Klienti jsou vedeni k samostatnosti a ke zvládání základních úkonů péče o vlastní osobu a k rozvíjení jejich schopností.</t>
   </si>
   <si>
     <t xml:space="preserve">Liga vozíčkářů, z. ú.</t>
   </si>
   <si>
     <t xml:space="preserve">774 635 564</t>
   </si>
   <si>
     <t xml:space="preserve">irena.benadova@ligavozic.cz</t>
   </si>
   <si>
     <t xml:space="preserve">www.ligavozic.cz</t>
   </si>
   <si>
     <t xml:space="preserve">Bzenecká č.ev. 4226/23, Židenice, 62800 Brno</t>
   </si>
   <si>
     <t xml:space="preserve">Služba je určena dospívajícím a dospělým lidem s postižením či znevýhodněním – resp. pro osoby se sníženou soběstačností, které nenachází uplatnění na otevřeném či chráněném trhu práce ani v sociálně terapeutických dílnách a které potřebují pravidelnou pomoc jiné fyzické osoby během dne. Služba je poskytována ambulantní formou, a proto není určena osobám, které nemohou z jakýchkoli důvodů do služby docházet či dojíždět a aktivně se účastnit chodu Centra denních služeb.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centrum denních služeb Homediss</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pečovatelská služba Homediss, o.p.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">720 941 367</t>
+  </si>
+  <si>
+    <t xml:space="preserve">mrakova@homediss.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">www.homediss.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polní č.ev. 4004/12, Hodonín, 69501 Hodonín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Služba pomáhá zmírňovat nepříznivou sociální situaci, kterou vytváří samota, a která může přispívat k pocitům izolovanosti. Je určena primárně lidem, jejichž situace vyžaduje pomoc jiné fyzické osoby z důvodu snížené soběstačnosti. Služba je poskytována ambulantně PO-PÁ v Hodoníně a v Mikulčicích. Jejím cílem je poskytnout uživateli hodnotné trávení času ve společnosti a pomáhat mu posilovat vlastní dovednosti. Služba mu umožňuje zůstat v domácím prostředí a zároveň pomáhá pečující rodině.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dětské centrum duševního zdraví</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chovánek – dětské centrum rodinného typu, příspěvková organizace</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centrum duševního zdraví</t>
+  </si>
+  <si>
+    <t xml:space="preserve">www.chovanek.cz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -814,141 +811,141 @@
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>58</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B11" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="C11" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D11" s="0" t="s">
+      <c r="E11" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="E11" s="0" t="s">
+      <c r="F11" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="G11" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="F11" s="0" t="s">
+      <c r="H11" s="0" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="B12" s="0" t="s">
+      <c r="E12" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C12" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="0" t="s">
+      <c r="F12" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="E12" s="0" t="s">
+      <c r="G12" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="F12" s="0" t="s">
+      <c r="H12" s="0" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="B13" s="0" t="s">
+      <c r="E13" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="C13" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D13" s="0" t="s">
+      <c r="F13" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="E13" s="0" t="s">
+      <c r="G13" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="F13" s="0" t="s">
+      <c r="H13" s="0" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="B14" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D14" s="0" t="s">
+      <c r="E14" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="E14" s="0" t="s">
+      <c r="F14" s="0" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>85</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>89</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>90</v>
       </c>
       <c r="F15" s="0" t="s">
@@ -970,304 +967,298 @@
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>110</v>
+        <v>33</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>30</v>
+        <v>115</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>122</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>33</v>
+        <v>118</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B21" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="C21" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="E21" s="0" t="s">
+      <c r="F21" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="G21" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="F21" s="0" t="s">
+      <c r="H21" s="0" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="E22" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="B22" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D22" s="0" t="s">
+      <c r="F22" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="G22" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="E22" s="0" t="s">
+      <c r="H22" s="0" t="s">
         <v>135</v>
-      </c>
-[...7 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="E23" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="B23" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D23" s="0" t="s">
+      <c r="F23" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="E23" s="0" t="s">
+      <c r="G23" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="F23" s="0" t="s">
-[...2 lines deleted...]
-      <c r="G23" s="0" t="s">
+      <c r="H23" s="0" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="B24" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D24" s="0" t="s">
+      <c r="E24" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="E24" s="0" t="s">
+      <c r="F24" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>146</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>120</v>
+        <v>148</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>120</v>
+        <v>155</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>121</v>
-[...6 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="D26" s="0"/>
+      <c r="E26" s="0"/>
       <c r="F26" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>158</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="H26" s="0"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>